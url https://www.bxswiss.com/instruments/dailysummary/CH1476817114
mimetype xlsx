--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R125cc00dd60142d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8714be154c364aa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ed5e05251e40bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6458e42435a4c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876bf087fd964d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ed5e05251e40bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508b97f2759c4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6458e42435a4c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>1,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...102 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>