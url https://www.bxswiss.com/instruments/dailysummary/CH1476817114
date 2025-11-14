--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8714be154c364aa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa9b2b6015c4626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6458e42435a4c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29eb21dcc45d426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508b97f2759c4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6458e42435a4c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac1d7ce6b7d4760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29eb21dcc45d426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...367 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>