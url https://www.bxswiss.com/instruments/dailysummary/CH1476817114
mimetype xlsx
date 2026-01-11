--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa9b2b6015c4626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d10c0b2c6c4841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29eb21dcc45d426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf920846bdf724e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac1d7ce6b7d4760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29eb21dcc45d426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34b63d2db814be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf920846bdf724e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>