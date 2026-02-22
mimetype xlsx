--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d10c0b2c6c4841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c6f9c3afcf4e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf920846bdf724e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276ef8807bf540a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34b63d2db814be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf920846bdf724e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f582d00dd548a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276ef8807bf540a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,671</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...102 lines deleted...]
-          <x:t>0,513</x:t>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,557</x:t>
-[...9 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>