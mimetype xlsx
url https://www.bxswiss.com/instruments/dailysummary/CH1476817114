--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c6f9c3afcf4e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f0e2c9b392a4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276ef8807bf540a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6d9faeb88245d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f582d00dd548a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276ef8807bf540a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142abaf2c58f408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6d9faeb88245d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,563</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...85 lines deleted...]
-          <x:t>0,489</x:t>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...451 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>