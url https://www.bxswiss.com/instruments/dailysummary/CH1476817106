--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc00f572c014093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b851a1476c4279" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad57a25bb187484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492b006ced1f4e40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3187d023b82b4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad57a25bb187484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f60536b791401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492b006ced1f4e40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>0,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>