--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b851a1476c4279" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2f0a1061cb4465" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492b006ced1f4e40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3c9b6ed439b4f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f60536b791401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492b006ced1f4e40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c0d7a35126479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3c9b6ed439b4f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>