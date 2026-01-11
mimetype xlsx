--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2f0a1061cb4465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272ce6aa9a5848d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3c9b6ed439b4f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9da65121d3b4f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c0d7a35126479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3c9b6ed439b4f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78c5fbf34484579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9da65121d3b4f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,854</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,657</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>