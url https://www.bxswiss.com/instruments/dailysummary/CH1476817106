--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272ce6aa9a5848d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093136082cfd4a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9da65121d3b4f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44acf3cc729b4447"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78c5fbf34484579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9da65121d3b4f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbde40c2de24b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44acf3cc729b4447" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,521</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,521</x:t>
-[...38 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,553</x:t>
-[...4 lines deleted...]
-          <x:t>0,471</x:t>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,501</x:t>
-[...26 lines deleted...]
-          <x:t>0,473</x:t>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>