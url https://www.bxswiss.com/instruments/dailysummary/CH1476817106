--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093136082cfd4a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797de900c4a64ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44acf3cc729b4447"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5538c5c41e4700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbde40c2de24b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44acf3cc729b4447" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f78fccc36e45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5538c5c41e4700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,643</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>0,457</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>