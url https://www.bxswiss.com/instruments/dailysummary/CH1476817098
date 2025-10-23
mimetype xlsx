--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcaf69db546b4c88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a472fb551604e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c8e5ce2d7364959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b485b34623c4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21972ba7a525409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c8e5ce2d7364959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50405363fe84cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b485b34623c4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>03.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...43 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...178 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...168 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...63 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>