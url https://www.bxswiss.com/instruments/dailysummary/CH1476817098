--- v1 (2025-10-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a472fb551604e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25130963165343fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b485b34623c4a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0198e17722499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50405363fe84cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b485b34623c4a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cc2ea0e900e465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0198e17722499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>