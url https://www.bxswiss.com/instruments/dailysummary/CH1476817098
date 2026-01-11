--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25130963165343fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb441f8afb303499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0198e17722499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff999c533aad48a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cc2ea0e900e465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0198e17722499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e89469c5064e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff999c533aad48a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,708</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,716</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>