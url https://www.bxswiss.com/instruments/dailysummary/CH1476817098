--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb441f8afb303499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb68fbcfabfe40b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff999c533aad48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f9a46ce934f4432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e89469c5064e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff999c533aad48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3efbc9f0bfe4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f9a46ce934f4432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>