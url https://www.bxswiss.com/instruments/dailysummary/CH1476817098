--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb68fbcfabfe40b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea172edbb654956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f9a46ce934f4432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802c7cbfb95a4549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3efbc9f0bfe4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f9a46ce934f4432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac39fbfce7244925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802c7cbfb95a4549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,657</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,643</x:t>
-[...97 lines deleted...]
-          <x:t>0,541</x:t>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,507</x:t>
-[...11 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,479</x:t>
-[...48 lines deleted...]
-          <x:t>0,503</x:t>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,467</x:t>
-[...9 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>