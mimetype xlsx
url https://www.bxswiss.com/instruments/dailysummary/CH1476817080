--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae92a60b252747eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd145c7414a4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8713a8a9460b4774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01dd9601fb24f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R316da2a5581944dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8713a8a9460b4774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3d1d55a4384ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01dd9601fb24f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...107 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...124 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>