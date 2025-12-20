--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd145c7414a4ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013f0a613b8d45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01dd9601fb24f58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6734b17fe53e4900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3d1d55a4384ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01dd9601fb24f58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e455de21863426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6734b17fe53e4900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>