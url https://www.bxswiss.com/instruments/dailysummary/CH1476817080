--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013f0a613b8d45e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c7f0a8823b4aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6734b17fe53e4900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb342badf60dd4483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e455de21863426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6734b17fe53e4900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f4a616d6a64274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb342badf60dd4483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>0,624</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,646</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>