--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c7f0a8823b4aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60d29399a80453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb342badf60dd4483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3789a77e28554f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f4a616d6a64274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb342badf60dd4483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8c81c18ed5452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3789a77e28554f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,577</x:t>
-[...124 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,399</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,473</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,423</x:t>
-[...26 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>