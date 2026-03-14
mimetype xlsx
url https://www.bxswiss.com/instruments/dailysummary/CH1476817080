--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60d29399a80453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4566124d68484567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3789a77e28554f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9fa739b84204065"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8c81c18ed5452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3789a77e28554f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3476c7bc62243c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9fa739b84204065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,433</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,389</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,421</x:t>
-[...447 lines deleted...]
-        <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>