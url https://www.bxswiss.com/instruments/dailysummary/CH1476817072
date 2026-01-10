--- v0 (2025-11-14)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0820c011d70f4fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e56fd47f17d4ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c0ce4273100464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0851e931cf1049e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7265e0a3f29f4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c0ce4273100464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8162094d20944f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0851e931cf1049e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>