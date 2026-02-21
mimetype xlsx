--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e56fd47f17d4ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377756434d5a4e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0851e931cf1049e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1516f73b536441ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8162094d20944f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0851e931cf1049e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650aa46979a443bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1516f73b536441ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
-[...205 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,427</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,423</x:t>
-[...43 lines deleted...]
-          <x:t>0,427</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...26 lines deleted...]
-          <x:t>0,369</x:t>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>