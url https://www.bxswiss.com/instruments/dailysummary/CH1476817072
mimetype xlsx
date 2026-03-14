--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377756434d5a4e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffb51288db04bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1516f73b536441ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3f656204074f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650aa46979a443bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1516f73b536441ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b7d7f91b1b44e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3f656204074f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,343</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...549 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>