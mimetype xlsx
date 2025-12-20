--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcfb0dca7bef4f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c2cfd2df574c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e09f533709456c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076708d5a06641e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f69d04d00f74a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e09f533709456c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4968b6a45758431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076708d5a06641e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>