--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c2cfd2df574c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5793858f124de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076708d5a06641e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c53cd06a18425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4968b6a45758431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076708d5a06641e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6425bb43295e47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c53cd06a18425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,644</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>