--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5793858f124de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d2e87b9561542a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c53cd06a18425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189357d191a64eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6425bb43295e47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c53cd06a18425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34f70a5c81f4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189357d191a64eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,427</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,399</x:t>
-[...60 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,397</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,359</x:t>
-[...26 lines deleted...]
-          <x:t>0,337</x:t>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>