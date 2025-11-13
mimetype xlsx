--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62dea47900b04489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa69e2da6eca4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recb17e8fcd9f421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea3f616c2ea04c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1837427645ed4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recb17e8fcd9f421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0876ee5702024878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea3f616c2ea04c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...124 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>0,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>