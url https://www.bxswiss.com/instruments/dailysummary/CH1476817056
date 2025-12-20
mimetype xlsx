--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa69e2da6eca4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c1060ddf5849a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea3f616c2ea04c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3309aba4a0494f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0876ee5702024878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea3f616c2ea04c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1552286ef6c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3309aba4a0494f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...485 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>