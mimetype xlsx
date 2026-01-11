--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c1060ddf5849a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ffdf8171d747b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3309aba4a0494f7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ac98dd9c99445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1552286ef6c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3309aba4a0494f7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb27cd413c1471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ac98dd9c99445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,598</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,580</x:t>
-[...43 lines deleted...]
-          <x:t>0,542</x:t>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,532</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>