--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ffdf8171d747b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390c90a986144b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ac98dd9c99445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f17d4fa0d94a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb27cd413c1471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ac98dd9c99445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e17dd6fb414342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f17d4fa0d94a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,467</x:t>
-[...178 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,369</x:t>
-[...60 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,363</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,347</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...70 lines deleted...]
-          <x:t>0,333</x:t>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>