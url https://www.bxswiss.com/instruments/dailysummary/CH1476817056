--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390c90a986144b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ac196fe9b34c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f17d4fa0d94a35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d680997508485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e17dd6fb414342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f17d4fa0d94a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R586f38dca48d4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d680997508485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,341</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,327</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...43 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...21 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,311</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,357</x:t>
-[...112 lines deleted...]
-          <x:t>0,301</x:t>
+          <x:t>0,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,299</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>