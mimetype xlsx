--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac40e118449a4757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73eaa5842960458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074852a5577e46a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cd7b7348d84138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e865ed77a844412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074852a5577e46a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R617005f031c64329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cd7b7348d84138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...205 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...90 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>