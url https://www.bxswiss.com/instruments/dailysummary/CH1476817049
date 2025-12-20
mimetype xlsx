--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73eaa5842960458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6616b635b34c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cd7b7348d84138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c3fd7046c14d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R617005f031c64329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cd7b7348d84138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1706b2107424b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c3fd7046c14d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>