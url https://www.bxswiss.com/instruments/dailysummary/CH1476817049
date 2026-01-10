--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6616b635b34c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6c9f36624a45c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c3fd7046c14d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9aeea75fbb34e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1706b2107424b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c3fd7046c14d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7b825b12ef4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9aeea75fbb34e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,504</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,478</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,484</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,464</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,482</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,496</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,478</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>