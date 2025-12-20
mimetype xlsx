--- v0 (2025-10-23)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5c984571674bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf7cbb832c64966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf07c74ed5bb74902"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908c5a197db841b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b21baa0d8d42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf07c74ed5bb74902" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d7f9e891744ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908c5a197db841b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>