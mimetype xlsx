--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf7cbb832c64966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76370c55f1554b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908c5a197db841b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa97b3c8f79c43a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d7f9e891744ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908c5a197db841b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ba37f7f886402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa97b3c8f79c43a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,384</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,364</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,374</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,364</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>