--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76370c55f1554b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f9619b64dcb4d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa97b3c8f79c43a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3a538ceb3e48df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ba37f7f886402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa97b3c8f79c43a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3228bebfb4e1444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3a538ceb3e48df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,291</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...97 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>0,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>