--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ac32acea174f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770faef36db845cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85973b390f7d473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ff1a142dc247ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd575224f47714e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85973b390f7d473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R757a814c28454944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ff1a142dc247ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...33 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...173 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,455</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>