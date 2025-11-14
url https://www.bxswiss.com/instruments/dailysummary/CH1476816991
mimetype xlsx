--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770faef36db845cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a5af9ffc8d4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ff1a142dc247ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62211067c7149ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R757a814c28454944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ff1a142dc247ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc232c07e60a14074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62211067c7149ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...129 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>