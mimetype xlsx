--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a5af9ffc8d4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35b7cd1ef3d4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62211067c7149ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R139615c3c0c642a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc232c07e60a14074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62211067c7149ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdebeb5bb2e5946f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R139615c3c0c642a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...539 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>