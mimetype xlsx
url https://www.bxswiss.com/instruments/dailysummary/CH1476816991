--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35b7cd1ef3d4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a5a82ab33e47d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R139615c3c0c642a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e35a9731da940cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdebeb5bb2e5946f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R139615c3c0c642a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15084ed87e68482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e35a9731da940cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>