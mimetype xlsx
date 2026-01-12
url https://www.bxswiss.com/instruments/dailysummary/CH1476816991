--- v4 (2025-12-21)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a5a82ab33e47d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c24382766694b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e35a9731da940cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7a38bd9afc04b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15084ed87e68482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e35a9731da940cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8152d68965be4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7a38bd9afc04b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,352</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,342</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>