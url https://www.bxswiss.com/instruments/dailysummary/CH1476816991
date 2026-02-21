--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c24382766694b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96596ef99f743e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7a38bd9afc04b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15eb1a4388248f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8152d68965be4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7a38bd9afc04b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e57118b6b3436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15eb1a4388248f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...102 lines deleted...]
-          <x:t>0,238</x:t>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>