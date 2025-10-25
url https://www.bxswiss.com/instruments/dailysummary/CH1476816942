--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8637501559742e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d2efbeab8e4e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a43501b278f4596"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038d9f95a3a646c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a2e87864b140ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a43501b278f4596" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8370623a204463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038d9f95a3a646c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,205</x:t>
-[...97 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...6 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...26 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>1,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...188 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>