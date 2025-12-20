--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d2efbeab8e4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2377e11d774e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038d9f95a3a646c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb9aaf81e164d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8370623a204463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038d9f95a3a646c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79185e60afda4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb9aaf81e164d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>