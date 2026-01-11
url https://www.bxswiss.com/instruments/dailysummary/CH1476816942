--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2377e11d774e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32eda30dc04c4f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb9aaf81e164d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fff7c94f4944030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79185e60afda4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb9aaf81e164d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d15bb561e64de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fff7c94f4944030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,228</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,168</x:t>
-[...60 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,020</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>