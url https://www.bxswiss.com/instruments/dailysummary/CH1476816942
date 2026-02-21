--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32eda30dc04c4f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a4b6f192d346b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fff7c94f4944030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38cc3e0a21b0426d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d15bb561e64de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fff7c94f4944030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b5b779b07f40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38cc3e0a21b0426d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,513</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,449</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>