--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a4b6f192d346b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb516d1150b4040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38cc3e0a21b0426d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14083d15c42f4636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b5b779b07f40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38cc3e0a21b0426d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19455b533cf4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14083d15c42f4636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,389</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,467</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,303</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>