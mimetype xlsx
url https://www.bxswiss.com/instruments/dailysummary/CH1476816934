--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2bae253a9c4cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd163978a8014ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9adec211b3074fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac842f56b5364067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561593f85ab34a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9adec211b3074fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3e49d61d0240df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac842f56b5364067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...31 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>1,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...259 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...80 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>