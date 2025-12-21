--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd163978a8014ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1b1704784341f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac842f56b5364067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2919f6bbdec41d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3e49d61d0240df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac842f56b5364067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01588efcfdb4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2919f6bbdec41d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>