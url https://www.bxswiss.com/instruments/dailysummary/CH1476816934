--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1b1704784341f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a938ce43b54607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2919f6bbdec41d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249635cefb134b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01588efcfdb4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2919f6bbdec41d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69b7867ad88467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249635cefb134b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,892</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>