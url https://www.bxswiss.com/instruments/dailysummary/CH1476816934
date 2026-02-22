--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a938ce43b54607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517b5ac680a945ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249635cefb134b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76157ff6387b4a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69b7867ad88467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249635cefb134b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R810c999af9994d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76157ff6387b4a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,413</x:t>
-[...85 lines deleted...]
-          <x:t>0,389</x:t>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>