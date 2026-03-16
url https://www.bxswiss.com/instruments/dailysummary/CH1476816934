--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517b5ac680a945ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaff1255ac3343ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76157ff6387b4a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849b9a005fd546c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R810c999af9994d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76157ff6387b4a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0a3e5f3c4345f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849b9a005fd546c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...53 lines deleted...]
-          <x:t>0,259</x:t>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
-[...242 lines deleted...]
-          <x:t>0,248</x:t>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>