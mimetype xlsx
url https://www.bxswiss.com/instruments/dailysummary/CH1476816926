--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6c2c1c798494c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39074e7c3edc4f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref671a2524654abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6952281e2fa84cad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36bf137b31dd45e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref671a2524654abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ec2dddf9724dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6952281e2fa84cad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>22.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...36 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>