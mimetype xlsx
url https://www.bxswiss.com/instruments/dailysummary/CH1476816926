--- v1 (2025-11-13)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39074e7c3edc4f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a4a8c3745144111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6952281e2fa84cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92b61b22b58426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ec2dddf9724dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6952281e2fa84cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5119a810b9447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92b61b22b58426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>