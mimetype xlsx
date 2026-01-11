--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a4a8c3745144111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf038b6d8ce5e46b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92b61b22b58426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff61dd44cbc4adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5119a810b9447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92b61b22b58426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff00d93247c4191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff61dd44cbc4adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,916</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,862</x:t>
-[...87 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,782</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>