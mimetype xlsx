--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf038b6d8ce5e46b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e69b7ae2cc49d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff61dd44cbc4adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263c124e85f946d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff00d93247c4191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff61dd44cbc4adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db79edc703a48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263c124e85f946d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,351</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,401</x:t>
-[...31 lines deleted...]
-          <x:t>0,317</x:t>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>0,333</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>