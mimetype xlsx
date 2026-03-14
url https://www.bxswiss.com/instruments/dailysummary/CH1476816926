--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e69b7ae2cc49d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0deed0792047bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263c124e85f946d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffadba6557a4d3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db79edc703a48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263c124e85f946d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c5b4836cbc4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffadba6557a4d3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...53 lines deleted...]
-          <x:t>0,329</x:t>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,293</x:t>
-[...151 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...323 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>