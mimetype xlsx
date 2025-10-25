--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9bef94827e4a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd20c102212443e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ed1a5b82da45b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f7e0465e654ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264de224cd7f4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ed1a5b82da45b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec075b4888f4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f7e0465e654ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...220 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>