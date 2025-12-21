--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd20c102212443e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97131335570f4fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f7e0465e654ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd20cabf46a3642ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec075b4888f4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f7e0465e654ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd398786bbe44c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd20cabf46a3642ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>0,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>