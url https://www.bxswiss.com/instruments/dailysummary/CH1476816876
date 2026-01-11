--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97131335570f4fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd89bf44a81c84710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd20cabf46a3642ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd849d19a35aa475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd398786bbe44c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd20cabf46a3642ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6ee91da1234777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd849d19a35aa475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,297</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,278</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>0,372</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>