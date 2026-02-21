--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd89bf44a81c84710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b81aedfd3e4940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd849d19a35aa475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a91326688ed4fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6ee91da1234777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd849d19a35aa475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8758b6be16664825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a91326688ed4fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,449</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,323</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...274 lines deleted...]
-          <x:t>0,523</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>