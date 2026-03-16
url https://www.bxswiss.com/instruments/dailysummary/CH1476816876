--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b81aedfd3e4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a7794a224f459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a91326688ed4fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93bbb7c26dac49d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8758b6be16664825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a91326688ed4fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red0d9a6cc36248fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93bbb7c26dac49d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,499</x:t>
-[...134 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,351</x:t>
-[...141 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>0,371</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>