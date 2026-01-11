--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba1706e70134024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6d4e10718d4132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052c97b3268c4a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2230af9bdb18488d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c917ac76e041d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052c97b3268c4a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3a9546ecfc4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2230af9bdb18488d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,348</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,342</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>0,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>