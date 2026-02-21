--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6d4e10718d4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e4bc264414347ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2230af9bdb18488d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea0a9fc9c0444d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3a9546ecfc4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2230af9bdb18488d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf339a80901524098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea0a9fc9c0444d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,462</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,454</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,641</x:t>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,551</x:t>
-[...21 lines deleted...]
-          <x:t>0,511</x:t>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,469</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>0,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>