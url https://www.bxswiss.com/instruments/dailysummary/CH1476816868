--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e4bc264414347ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb51d9b8ffca442e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea0a9fc9c0444d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4049a0f40d3244c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf339a80901524098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea0a9fc9c0444d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad6e449e4ca4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4049a0f40d3244c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...193 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>0,469</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>