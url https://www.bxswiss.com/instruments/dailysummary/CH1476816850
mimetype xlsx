--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db42e6846ec4285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a37d0ed6cc044c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71d8015c8d24d39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963f8a4829724242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4b034a004084f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71d8015c8d24d39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dcc4624307142f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963f8a4829724242" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...242 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>