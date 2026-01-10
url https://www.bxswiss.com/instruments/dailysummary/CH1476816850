--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a37d0ed6cc044c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cf46baff234a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963f8a4829724242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d7e34ae5794fca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dcc4624307142f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963f8a4829724242" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333b3203f5d44138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d7e34ae5794fca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,411</x:t>
-[...448 lines deleted...]
-          <x:t>0,556</x:t>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,546</x:t>
-[...166 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>