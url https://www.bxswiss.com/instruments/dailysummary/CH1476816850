--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cf46baff234a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789cc9af9313456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d7e34ae5794fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fbf5a614ae04307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333b3203f5d44138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d7e34ae5794fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc4f400dbccc4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fbf5a614ae04307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,659</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,701</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,607</x:t>
-[...26 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>