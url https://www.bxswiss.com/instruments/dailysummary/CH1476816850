--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789cc9af9313456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb459ec40370248b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fbf5a614ae04307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df78d50285d4d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc4f400dbccc4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fbf5a614ae04307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918adefa02a7404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df78d50285d4d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,613</x:t>
-[...53 lines deleted...]
-          <x:t>0,697</x:t>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...232 lines deleted...]
-          <x:t>0,709</x:t>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...289 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>