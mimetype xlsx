--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f971d9e1773452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cb0c68e3014929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6482bcb4ca149b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2feccf76471a45bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd37589c1ee54cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6482bcb4ca149b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93223f1e0a094c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2feccf76471a45bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...247 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>