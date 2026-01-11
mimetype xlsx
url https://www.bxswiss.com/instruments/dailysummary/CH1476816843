--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cb0c68e3014929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c1008cae4146ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2feccf76471a45bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07ebec01ca684ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93223f1e0a094c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2feccf76471a45bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f7ac0174064006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07ebec01ca684ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...26 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>