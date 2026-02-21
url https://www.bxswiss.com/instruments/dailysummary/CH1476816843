--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c1008cae4146ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26fb31fc5f4042b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07ebec01ca684ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b0dc694d790488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f7ac0174064006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07ebec01ca684ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref79526406e34026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b0dc694d790488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,670</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,658</x:t>
-[...65 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,731</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>