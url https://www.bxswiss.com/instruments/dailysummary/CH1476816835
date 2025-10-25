--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9a70132aa54b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c73fa35725e4ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38c19b255a74db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2c05d7ea604ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7af455f575343d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38c19b255a74db8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aafa2bb6c044175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2c05d7ea604ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...48 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,795</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>