--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c73fa35725e4ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49710319ab68488f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2c05d7ea604ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c2823b6c53b4d3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aafa2bb6c044175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2c05d7ea604ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17bb882d016c49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c2823b6c53b4d3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>0,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>