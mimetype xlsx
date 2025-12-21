--- v2 (2025-11-16)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49710319ab68488f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra924f1ad21d04475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c2823b6c53b4d3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb51d46ace904546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17bb882d016c49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c2823b6c53b4d3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89c852e88b5b49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb51d46ace904546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...60 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...225 lines deleted...]
-          <x:t>0,841</x:t>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>