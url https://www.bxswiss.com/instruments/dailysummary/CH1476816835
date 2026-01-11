--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra924f1ad21d04475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a7081d1aa4451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb51d46ace904546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebdd383f575c470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89c852e88b5b49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb51d46ace904546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda71768a2116494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebdd383f575c470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,696</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,890</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,844</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>