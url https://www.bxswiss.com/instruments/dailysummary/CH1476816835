--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a7081d1aa4451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c8fffe743a4881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebdd383f575c470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a335547de574ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda71768a2116494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebdd383f575c470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9a6042d89e4d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a335547de574ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,804</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,790</x:t>
-[...308 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,939</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,039</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>1,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>