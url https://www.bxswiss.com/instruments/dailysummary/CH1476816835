--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c8fffe743a4881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f113b8b8ec64e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a335547de574ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65627633fd1463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9a6042d89e4d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a335547de574ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recaeffe4a78f482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65627633fd1463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,741</x:t>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>0,899</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>