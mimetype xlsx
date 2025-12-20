--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree209799004345e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484c6bd3c6674223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd970a2ead3d24cdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05bd3207da94230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b30a870d224ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd970a2ead3d24cdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98a4799f3fe43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05bd3207da94230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...173 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>0,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>