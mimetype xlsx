--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484c6bd3c6674223" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e377b2f2bc44f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05bd3207da94230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d16fb65a8343d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98a4799f3fe43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05bd3207da94230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fca702a565a4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d16fb65a8343d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,856</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,868</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,870</x:t>
-[...161 lines deleted...]
-          <x:t>0,922</x:t>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,279</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>