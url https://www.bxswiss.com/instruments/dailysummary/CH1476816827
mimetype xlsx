--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e377b2f2bc44f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf4b0f84f0646f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d16fb65a8343d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R063a0b0feb694f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fca702a565a4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d16fb65a8343d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec629fb5ad5046ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R063a0b0feb694f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,161</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>1,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,933</x:t>
-[...146 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,359</x:t>
-[...9 lines deleted...]
-          <x:t>1,341</x:t>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>