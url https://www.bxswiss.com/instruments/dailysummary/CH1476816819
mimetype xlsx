--- v0 (2025-10-02)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb4d2cd83a004017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7834932d385421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra516fc4386854a36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e92a93a7164939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598a0989216c438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra516fc4386854a36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cdc8571d06942f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e92a93a7164939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...48 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...65 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...70 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...139 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>