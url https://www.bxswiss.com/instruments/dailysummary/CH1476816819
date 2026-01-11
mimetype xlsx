--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7834932d385421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40246a9e8ce41c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e92a93a7164939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0c6cbf8b374a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cdc8571d06942f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e92a93a7164939" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99df81f3518f4a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0c6cbf8b374a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...232 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...85 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>