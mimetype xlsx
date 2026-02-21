--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40246a9e8ce41c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d7d559dfec4566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0c6cbf8b374a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c7dcaf77704b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99df81f3518f4a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0c6cbf8b374a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5552713a8afa4a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c7dcaf77704b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,116</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,523</x:t>
-[...21 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,273</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>1,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>