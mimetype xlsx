--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d7d559dfec4566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1109e7cccb44b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c7dcaf77704b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d05731ecb044334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5552713a8afa4a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c7dcaf77704b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa3a79d461a4257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d05731ecb044334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>1,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>1,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>