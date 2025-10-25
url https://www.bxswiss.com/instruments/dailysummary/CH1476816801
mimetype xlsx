--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb93538cb5a46bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cdd75d5c00f479f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafffb4f6872487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd490ad8be04216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6acd0aabeecc46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafffb4f6872487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a98a0b1846d4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd490ad8be04216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
-[...119 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,805</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...119 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...63 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>