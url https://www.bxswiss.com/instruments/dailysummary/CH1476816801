--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cdd75d5c00f479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ed1f91058b4ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd490ad8be04216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a278513fbd4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a98a0b1846d4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd490ad8be04216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e49581459be4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a278513fbd4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...625 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>