--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ed1f91058b4ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78779bbc968849fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a278513fbd4770"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa81fee82cc14cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e49581459be4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a278513fbd4770" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699f18399fba4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa81fee82cc14cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,192</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,461</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>1,663</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>