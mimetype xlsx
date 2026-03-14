--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78779bbc968849fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a996d4697c9458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa81fee82cc14cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9b3d8112384330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699f18399fba4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa81fee82cc14cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49539521c7848bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9b3d8112384330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,167</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>1,243</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,461</x:t>
-[...441 lines deleted...]
-          <x:t>1,397</x:t>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>