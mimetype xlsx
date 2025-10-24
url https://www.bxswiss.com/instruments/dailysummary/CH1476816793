--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab58a7bc6c62408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a058532de14b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbf52746b8d54f74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racd84d62c0fb489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d8b7cfc80e4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbf52746b8d54f74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45459310c684d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racd84d62c0fb489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...129 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>1,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>