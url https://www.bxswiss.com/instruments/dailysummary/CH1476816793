--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a058532de14b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5165180ce0c4803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racd84d62c0fb489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87615cd1708b43c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45459310c684d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racd84d62c0fb489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7f95daaca74ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87615cd1708b43c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...4 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...21 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...178 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...382 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>