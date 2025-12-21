--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5165180ce0c4803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c848b77585a44a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87615cd1708b43c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb213e52063034de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7f95daaca74ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87615cd1708b43c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52feda72fa504d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb213e52063034de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...441 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>1,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>