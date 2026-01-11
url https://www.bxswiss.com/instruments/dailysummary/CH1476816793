--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c848b77585a44a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2a0e3d0cb3541ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb213e52063034de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10b6dbcc4554072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52feda72fa504d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb213e52063034de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c8de5cec6546ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10b6dbcc4554072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>1,192</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,120</x:t>
-[...48 lines deleted...]
-          <x:t>1,398</x:t>
+          <x:t>1,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,244</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,292</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,673</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>