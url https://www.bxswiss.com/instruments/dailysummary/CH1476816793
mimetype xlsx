--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2a0e3d0cb3541ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75000862e694dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10b6dbcc4554072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe4f2d0ff944eef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c8de5cec6546ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10b6dbcc4554072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a7f7e7dddc4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe4f2d0ff944eef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,270</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,705</x:t>
-[...367 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...9 lines deleted...]
-          <x:t>1,759</x:t>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>