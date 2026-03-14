--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75000862e694dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1789980989341f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe4f2d0ff944eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddef1b6ef8b463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a7f7e7dddc4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe4f2d0ff944eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe361d3b971647a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddef1b6ef8b463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,351</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,467</x:t>
-[...102 lines deleted...]
-          <x:t>1,329</x:t>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,351</x:t>
-[...431 lines deleted...]
-          <x:t>1,491</x:t>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>