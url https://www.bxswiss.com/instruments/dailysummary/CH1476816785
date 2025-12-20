--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2778c1de26434693" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ffb67039cd74e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24aa138c99d944fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R346b9929c6b4402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6d0b8f495b24009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24aa138c99d944fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2a52b8cf6749ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R346b9929c6b4402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...409 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>