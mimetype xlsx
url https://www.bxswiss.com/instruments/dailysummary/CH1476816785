--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ffb67039cd74e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69148dcba9164567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R346b9929c6b4402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151d29b573bc4399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2a52b8cf6749ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R346b9929c6b4402b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc006d7b44c774f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151d29b573bc4399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...485 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,803</x:t>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,613</x:t>
-[...33 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...90 lines deleted...]
-          <x:t>1,367</x:t>
+          <x:t>1,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>