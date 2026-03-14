--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69148dcba9164567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79752bfb0ca740cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151d29b573bc4399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454fcd688c584fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc006d7b44c774f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151d29b573bc4399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5034eb213314e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454fcd688c584fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,557</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,733</x:t>
-[...549 lines deleted...]
-          <x:t>1,583</x:t>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>