--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77bbbe43eed246e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245bbbf8825c4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf850eb960a8f4263"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0abbca078f741fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b00d1e898a457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf850eb960a8f4263" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d7abfb66be4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0abbca078f741fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...92 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>1,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>