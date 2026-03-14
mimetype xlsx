--- v1 (2025-12-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245bbbf8825c4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074cb8de368b426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0abbca078f741fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40060119444c45fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d7abfb66be4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0abbca078f741fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593dd52c5f02487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40060119444c45fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,196</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,070</x:t>
-[...11 lines deleted...]
-          <x:t>0,904</x:t>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,892</x:t>
-[...38 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,144</x:t>
-[...495 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>