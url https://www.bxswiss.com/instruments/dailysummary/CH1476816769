--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reebd7f0af0a7423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec54029d23842f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee14d4f8d46424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d133033a924088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15725e8200347c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee14d4f8d46424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5155c12b21744082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d133033a924088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>