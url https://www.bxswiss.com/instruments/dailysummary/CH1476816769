--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec54029d23842f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d97b49b02214b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d133033a924088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce34d462d8b44d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5155c12b21744082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d133033a924088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b9052fe30914f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce34d462d8b44d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>1,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...355 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>