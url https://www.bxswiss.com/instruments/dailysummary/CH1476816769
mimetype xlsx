--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d97b49b02214b82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ba30ea43904644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce34d462d8b44d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393741fcefbf4caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b9052fe30914f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce34d462d8b44d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bc9d989fef54893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393741fcefbf4caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>1,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...11 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
-[...80 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...188 lines deleted...]
-          <x:t>1,765</x:t>
+          <x:t>1,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>