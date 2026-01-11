--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ba30ea43904644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbb3a6875064d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393741fcefbf4caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7e7cbe26ee4b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bc9d989fef54893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393741fcefbf4caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0260bace69474aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7e7cbe26ee4b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>