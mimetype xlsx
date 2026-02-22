--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbb3a6875064d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfb17b9fb814432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7e7cbe26ee4b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re82cdb74a2e846e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0260bace69474aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7e7cbe26ee4b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14c0dd8766ce42dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re82cdb74a2e846e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,773</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,821</x:t>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,713</x:t>
-[...43 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,517</x:t>
-[...178 lines deleted...]
-          <x:t>1,487</x:t>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,741</x:t>
-[...31 lines deleted...]
-          <x:t>2,065</x:t>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>