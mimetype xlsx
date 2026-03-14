--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfb17b9fb814432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109b1b69b99f4873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re82cdb74a2e846e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de31c960fc94d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14c0dd8766ce42dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re82cdb74a2e846e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97363705bc2245c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de31c960fc94d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,509</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,751</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,801</x:t>
-[...512 lines deleted...]
-          <x:t>1,783</x:t>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>