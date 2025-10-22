--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a2f270c3df4225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed3c3a8c7fa44d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1442ba08420e4eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdf755beb2f54a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6165ac633beb4dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1442ba08420e4eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715205d6efed4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdf755beb2f54a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...4 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...221 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>1,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>