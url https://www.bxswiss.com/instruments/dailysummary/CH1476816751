--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed3c3a8c7fa44d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266f6886e64c44c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdf755beb2f54a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31895146b6f34a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715205d6efed4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdf755beb2f54a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe32ba95a588488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31895146b6f34a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...4 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,375</x:t>
-[...328 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>