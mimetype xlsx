--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266f6886e64c44c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac63c3bec3b47ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31895146b6f34a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb429957e32942c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe32ba95a588488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31895146b6f34a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe991f4f861642fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb429957e32942c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>2,085</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,855</x:t>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>