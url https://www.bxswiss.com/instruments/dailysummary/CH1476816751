--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac63c3bec3b47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189edcec2afe4fcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb429957e32942c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd817ec4491234f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe991f4f861642fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb429957e32942c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25713e22ecc5474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd817ec4491234f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,634</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,610</x:t>
-[...124 lines deleted...]
-          <x:t>1,551</x:t>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,543</x:t>
-[...210 lines deleted...]
-          <x:t>2,257</x:t>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,071</x:t>
-[...36 lines deleted...]
-          <x:t>2,171</x:t>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>