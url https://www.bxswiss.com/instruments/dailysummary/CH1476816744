--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80cecda4acf44857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a032b2f5de475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b8c1cf0ae44b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f06437e60a43c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f3a922f1f474b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b8c1cf0ae44b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e952a3d6ca456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f06437e60a43c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...156 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...65 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>1,405</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>