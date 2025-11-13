--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a032b2f5de475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26cf6f4bf724011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f06437e60a43c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc739cd5a0644ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e952a3d6ca456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f06437e60a43c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ea7a02f8aa64ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc739cd5a0644ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...4 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>1,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...382 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>