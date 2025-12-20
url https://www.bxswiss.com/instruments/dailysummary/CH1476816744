--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26cf6f4bf724011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c503ee919a847e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc739cd5a0644ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8014a0953f614b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ea7a02f8aa64ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc739cd5a0644ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efd0addfbc242c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8014a0953f614b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>2,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>2,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>