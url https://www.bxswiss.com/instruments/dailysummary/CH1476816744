--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c503ee919a847e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36fb63dcc774206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8014a0953f614b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bebb9d6df134189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efd0addfbc242c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8014a0953f614b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a0ac2d77dc4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bebb9d6df134189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>