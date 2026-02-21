--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36fb63dcc774206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redb3900239af4fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bebb9d6df134189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58435d29b49e4b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a0ac2d77dc4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bebb9d6df134189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b9aff513624d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58435d29b49e4b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,903</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,951</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>2,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>