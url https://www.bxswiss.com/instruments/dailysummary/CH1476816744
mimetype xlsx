--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redb3900239af4fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaab15af00e44345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58435d29b49e4b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8868121909de4ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b9aff513624d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58435d29b49e4b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d28367c6fb4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8868121909de4ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,033</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,061</x:t>
-[...4 lines deleted...]
-          <x:t>1,881</x:t>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...505 lines deleted...]
-          <x:t>1,993</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>