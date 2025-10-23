--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfb45daee8c493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0cb5b067084c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d29162fb7a4831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7fab784181d46d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf636615758944eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d29162fb7a4831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f71cdd6581415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7fab784181d46d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...4 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...43 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>