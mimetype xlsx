--- v1 (2025-10-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0cb5b067084c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b45492be4c46d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7fab784181d46d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17602adc09fe43b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f71cdd6581415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7fab784181d46d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f3bdf55fa8492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17602adc09fe43b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...31 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>