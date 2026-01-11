--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b45492be4c46d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfcd5cf525894d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17602adc09fe43b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4c91f50a50b48c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f3bdf55fa8492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17602adc09fe43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d064e8911148a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4c91f50a50b48c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1,590</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,646</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,794</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>