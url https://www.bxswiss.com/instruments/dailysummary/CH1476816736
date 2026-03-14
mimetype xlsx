--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfcd5cf525894d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa687d2cc6946dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4c91f50a50b48c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b4964a1bf74060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d064e8911148a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4c91f50a50b48c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5876c53181094901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b4964a1bf74060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,822</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,794</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,179</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,053</x:t>
-[...350 lines deleted...]
-          <x:t>2,389</x:t>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>