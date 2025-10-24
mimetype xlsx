--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb7771910764fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd095daca9fa447ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref25cad2b8cf43f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e7e8b5b6744a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72cd8e718cfb4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref25cad2b8cf43f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884bdea15a094c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e7e8b5b6744a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...4 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...31 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>1,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>