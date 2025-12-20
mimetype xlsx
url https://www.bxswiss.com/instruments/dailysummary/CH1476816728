--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd095daca9fa447ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa53cc6e27284250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e7e8b5b6744a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17abe82d9e9349b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884bdea15a094c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e7e8b5b6744a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R754f2ca5b0444d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17abe82d9e9349b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>