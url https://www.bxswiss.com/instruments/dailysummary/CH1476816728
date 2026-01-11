--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa53cc6e27284250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2de2be8bb694b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17abe82d9e9349b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc448c6cc254180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R754f2ca5b0444d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17abe82d9e9349b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04782a910cf84683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc448c6cc254180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1,682</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,738</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,890</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>