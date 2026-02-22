--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2de2be8bb694b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9194f8a6e440e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc448c6cc254180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccd4fdc479f487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04782a910cf84683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc448c6cc254180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad37d8fa52f4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccd4fdc479f487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,375</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,167</x:t>
-[...16 lines deleted...]
-          <x:t>2,223</x:t>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...355 lines deleted...]
-          <x:t>2,501</x:t>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>