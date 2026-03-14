--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9194f8a6e440e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc984a95d67354a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccd4fdc479f487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1674b4dd2a094424"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad37d8fa52f4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccd4fdc479f487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167ba0ae6b4e4d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1674b4dd2a094424" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,471</x:t>
-[...26 lines deleted...]
-          <x:t>2,371</x:t>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,197</x:t>
-[...48 lines deleted...]
-          <x:t>1,999</x:t>
+          <x:t>2,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,109</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>2,211</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>