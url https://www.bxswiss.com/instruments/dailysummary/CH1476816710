--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff5500ecc0e4c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b6f796cf234dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0dcfec00534ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639e1bf1c9e54310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c7259e5b114358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0dcfec00534ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b85766db4b4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639e1bf1c9e54310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>1,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,825</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>