--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b6f796cf234dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f938553904422d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639e1bf1c9e54310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7424eabe964ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b85766db4b4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639e1bf1c9e54310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f686b4ca7e4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7424eabe964ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>1,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
-        </x:is>
-[...273 lines deleted...]
-          <x:t>2,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>