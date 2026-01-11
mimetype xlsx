--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f938553904422d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8041b7224c0d4095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7424eabe964ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd630d426c57b4e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f686b4ca7e4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7424eabe964ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f7980ea2e64131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd630d426c57b4e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>