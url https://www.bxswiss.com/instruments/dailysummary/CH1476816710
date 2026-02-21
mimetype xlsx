--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8041b7224c0d4095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324f395d673f4ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd630d426c57b4e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a12d4c1273e4bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f7980ea2e64131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd630d426c57b4e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e8e120d572421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a12d4c1273e4bb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,016</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,986</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,481</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,511</x:t>
-[...36 lines deleted...]
-          <x:t>2,617</x:t>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>