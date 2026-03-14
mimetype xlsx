--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324f395d673f4ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b80659e3e64df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a12d4c1273e4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e1644ef52f44c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e8e120d572421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a12d4c1273e4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15198e87e5bc4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e1644ef52f44c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,589</x:t>
-[...26 lines deleted...]
-          <x:t>2,481</x:t>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,253</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,147</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,253</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2,323</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>