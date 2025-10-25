--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ddce6ca6d2470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d2b4d49a154b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590601523fec4e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b116f413fce4e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9f6eba83954812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590601523fec4e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1805ee5b6d14325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b116f413fce4e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,375</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...58 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>