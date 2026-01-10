--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d2b4d49a154b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3947fd764f4a49a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b116f413fce4e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b7ca9a891e4292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1805ee5b6d14325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b116f413fce4e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5a225144e64ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b7ca9a891e4292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...4 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>