--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3947fd764f4a49a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ae178ca6e14b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b7ca9a891e4292"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54bfdc15e7ad40fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5a225144e64ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b7ca9a891e4292" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91751685b4f2498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54bfdc15e7ad40fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,118</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,086</x:t>
-[...16 lines deleted...]
-          <x:t>2,591</x:t>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,373</x:t>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>2,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,035</x:t>
-[...53 lines deleted...]
-          <x:t>2,599</x:t>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,651</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>2,731</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>