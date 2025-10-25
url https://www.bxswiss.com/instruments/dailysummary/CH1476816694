--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R313b4c6439364904" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e3846998b34a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bf105e94a040b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e7f264b89b4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd602d1498a549ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bf105e94a040b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f2cb675e4342f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e7f264b89b4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
-[...372 lines deleted...]
-          <x:t>1,745</x:t>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,675</x:t>
-[...85 lines deleted...]
-          <x:t>1,845</x:t>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>