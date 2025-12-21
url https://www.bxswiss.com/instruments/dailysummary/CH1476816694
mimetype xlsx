--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e3846998b34a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ce43e662614eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e7f264b89b4c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26397b458c2a4d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f2cb675e4342f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e7f264b89b4c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a5713b71cf4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26397b458c2a4d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,085</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>