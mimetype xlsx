--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ce43e662614eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a06d69c48c43ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26397b458c2a4d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re488d71b24294e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a5713b71cf4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26397b458c2a4d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c1d9282386427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re488d71b24294e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,966</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,028</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,190</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>