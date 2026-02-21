--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a06d69c48c43ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8829d467b7784366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re488d71b24294e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f4442a2cc543e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c1d9282386427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re488d71b24294e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f04bbe1860c4b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f4442a2cc543e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,743</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,519</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>2,711</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,471</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,737</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,849</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>