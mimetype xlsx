--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8829d467b7784366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b2555d6d254537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f4442a2cc543e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c6eefb1c0a34b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f04bbe1860c4b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f4442a2cc543e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1be1f10a9fb34c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c6eefb1c0a34b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,261</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>2,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,363</x:t>
-[...48 lines deleted...]
-          <x:t>2,423</x:t>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>2,551</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>