--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518ee093ccf94aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6905d56e7f524fd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdedbad7464224e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba145afa5a0b404f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra739e758b81a48c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdedbad7464224e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6681fdb2ec874205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba145afa5a0b404f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...60 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...205 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...26 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>