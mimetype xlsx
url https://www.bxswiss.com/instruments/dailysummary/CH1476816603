--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6905d56e7f524fd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb61a5c5321f4fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba145afa5a0b404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8169837b994295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6681fdb2ec874205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba145afa5a0b404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4a7d1ac62d4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8169837b994295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...31 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...60 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,200</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,142</x:t>
-[...65 lines deleted...]
-          <x:t>0,156</x:t>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,138</x:t>
-[...97 lines deleted...]
-          <x:t>0,237</x:t>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,210</x:t>
-[...166 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>