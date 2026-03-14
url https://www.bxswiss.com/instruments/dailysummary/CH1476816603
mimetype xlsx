--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb61a5c5321f4fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a8931ef7b34446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8169837b994295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c77f207d9684060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4a7d1ac62d4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8169837b994295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55f0c54afd34a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c77f207d9684060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>0,218</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,085</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...85 lines deleted...]
-          <x:t>0,116</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,096</x:t>
-[...107 lines deleted...]
-          <x:t>0,085</x:t>
+          <x:t>0,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,102</x:t>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>