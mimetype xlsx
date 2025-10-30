--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfe5255c94c4e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07686b252af43d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1179a44c8c4091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76754e1399ac4315"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6563c7f9dd82456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1179a44c8c4091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6403e7d125134d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76754e1399ac4315" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...48 lines deleted...]
-          <x:t>1,300</x:t>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>1,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>