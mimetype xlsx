--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07686b252af43d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71592a7764a84375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76754e1399ac4315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce583fbe28aa40a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6403e7d125134d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76754e1399ac4315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af0d50cd7b343bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce583fbe28aa40a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1,340</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...6 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...242 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>