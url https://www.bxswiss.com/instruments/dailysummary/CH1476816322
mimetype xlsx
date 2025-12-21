--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71592a7764a84375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ccc0e224eb44b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce583fbe28aa40a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed88a2b540a485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af0d50cd7b343bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce583fbe28aa40a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e6e3e0989554ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed88a2b540a485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>