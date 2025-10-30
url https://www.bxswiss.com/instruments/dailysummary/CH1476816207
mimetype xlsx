--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9399e1de7f4b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2541b792bf5c4d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb42967dff2214295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf8482bb0fbb4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ffc8c87bca4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb42967dff2214295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f01fcc703a420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf8482bb0fbb4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>0,248</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,248</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...16 lines deleted...]
-          <x:t>0,248</x:t>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,242</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>0,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>