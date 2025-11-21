--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2541b792bf5c4d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d17d78ed0443f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf8482bb0fbb4588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa77d9a7d714906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f01fcc703a420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf8482bb0fbb4588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65417008b86f4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa77d9a7d714906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,212 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...11 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>