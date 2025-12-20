--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d17d78ed0443f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34314e232ffb4fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa77d9a7d714906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6079de3d3d154a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65417008b86f4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa77d9a7d714906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b7fa2b29f894def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6079de3d3d154a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...458 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>