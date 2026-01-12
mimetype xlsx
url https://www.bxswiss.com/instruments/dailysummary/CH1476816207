--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34314e232ffb4fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e82855d28148fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6079de3d3d154a70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65434d76bc8e4d58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b7fa2b29f894def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6079de3d3d154a70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda0babfbd2d4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65434d76bc8e4d58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...6 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...178 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>