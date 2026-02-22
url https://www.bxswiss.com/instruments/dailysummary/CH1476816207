--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e82855d28148fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42983894cc54029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65434d76bc8e4d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03e4175c07a41ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda0babfbd2d4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65434d76bc8e4d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31446c4880924dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03e4175c07a41ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>0,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>