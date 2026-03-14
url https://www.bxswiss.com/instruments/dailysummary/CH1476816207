--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42983894cc54029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a58b4d042c54ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03e4175c07a41ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61edf1834d174045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31446c4880924dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03e4175c07a41ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d59569d0a34308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61edf1834d174045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476816207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...593 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>