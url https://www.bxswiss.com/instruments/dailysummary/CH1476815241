--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11f7fa1115a484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b21ca405464827" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8308175dba74164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094c2a3b476c4d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbfe5e5c3d5346c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8308175dba74164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2147cdb3d44977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094c2a3b476c4d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476815241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>16.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...205 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>