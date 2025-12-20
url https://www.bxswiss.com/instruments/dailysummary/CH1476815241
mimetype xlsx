--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b21ca405464827" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4930b5dfb304abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094c2a3b476c4d21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba78fd86839421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2147cdb3d44977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094c2a3b476c4d21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e505cb942054c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba78fd86839421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476815241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>0,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>0,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>