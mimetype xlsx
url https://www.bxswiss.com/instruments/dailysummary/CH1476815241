--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4930b5dfb304abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c64a74b2ce4250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba78fd86839421d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3248fcc78e64925"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e505cb942054c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba78fd86839421d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc518cd0188cd4bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3248fcc78e64925" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476815241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,630 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>