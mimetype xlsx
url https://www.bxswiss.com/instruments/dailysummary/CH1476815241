--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c64a74b2ce4250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1effbb970ad5481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3248fcc78e64925"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9e627fdd9e4ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc518cd0188cd4bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3248fcc78e64925" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7d0948162c406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9e627fdd9e4ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476815241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,224</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>