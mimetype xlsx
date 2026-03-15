--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1effbb970ad5481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93de55bd6ae4443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9e627fdd9e4ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085be134e865490c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7d0948162c406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9e627fdd9e4ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd138a0fb71ef4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085be134e865490c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476815241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,152</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,162</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,148</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>0,146</x:t>
-        </x:is>
-[...499 lines deleted...]
-          <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>