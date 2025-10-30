--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455cf5e2cb374190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bed71c58d3470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc05b8780d64f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670da3fc107b4289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35c2d9e77244af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc05b8780d64f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc540f462183d417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670da3fc107b4289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...16 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...173 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,390</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>