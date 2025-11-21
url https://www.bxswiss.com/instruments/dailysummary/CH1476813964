--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bed71c58d3470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343ac80653d148c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670da3fc107b4289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a5de6b561834fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc540f462183d417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670da3fc107b4289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c0bfbc520a4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a5de6b561834fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,470</x:t>
-[...129 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>0,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>