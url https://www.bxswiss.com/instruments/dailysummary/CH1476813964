--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343ac80653d148c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc710795a1ba14a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a5de6b561834fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549c2f985865433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c0bfbc520a4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a5de6b561834fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R641cda20747a4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549c2f985865433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,420</x:t>
-[...33 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...576 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>