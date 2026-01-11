--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc710795a1ba14a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e27e7159bf64e2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549c2f985865433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd235d67d04e04a75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R641cda20747a4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549c2f985865433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0803191aa65e4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd235d67d04e04a75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,407</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,481</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...4 lines deleted...]
-          <x:t>0,369</x:t>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,329</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,433</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>