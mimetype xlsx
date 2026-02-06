--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e27e7159bf64e2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reced32d96e8142c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd235d67d04e04a75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb9d11ac09184f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0803191aa65e4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd235d67d04e04a75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf145d47d7c47478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb9d11ac09184f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,433</x:t>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...11 lines deleted...]
-          <x:t>0,373</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...166 lines deleted...]
-          <x:t>0,357</x:t>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,371</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>