--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reced32d96e8142c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5fc001af6c84e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb9d11ac09184f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R881e3cc2b34d4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf145d47d7c47478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb9d11ac09184f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7c4da279ec4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R881e3cc2b34d4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,427</x:t>
-[...48 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,371</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,353</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>15.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,397</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,387</x:t>
-[...11 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>