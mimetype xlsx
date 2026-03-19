--- v6 (2026-02-26)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5fc001af6c84e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70dcb2ca943e49b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R881e3cc2b34d4df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5db271054f4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7c4da279ec4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R881e3cc2b34d4df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd088604e614344d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5db271054f4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,369</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,369</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...80 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,369</x:t>
-[...48 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...377 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>