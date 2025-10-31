--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04012ade8834743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c5635660f7427a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d11601bdda492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553056c913494b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1816f078194710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d11601bdda492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99695f593b14772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553056c913494b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...16 lines deleted...]
-          <x:t>0,420</x:t>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,410</x:t>
-[...178 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,550</x:t>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...43 lines deleted...]
-          <x:t>0,520</x:t>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
-[...4 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>