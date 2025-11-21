--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c5635660f7427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a1dbbac5a2b4a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553056c913494b02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64bd11e73fa84a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99695f593b14772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553056c913494b02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e15e72f3e04d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64bd11e73fa84a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,440</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...11 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...26 lines deleted...]
-          <x:t>0,490</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>0,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>0,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>