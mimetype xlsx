--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a1dbbac5a2b4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb17dae0d07426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64bd11e73fa84a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e421135f6a641fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e15e72f3e04d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64bd11e73fa84a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e08fe79e2f48f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e421135f6a641fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...31 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,563</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>