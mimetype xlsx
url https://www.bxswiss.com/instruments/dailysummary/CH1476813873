--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb17dae0d07426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56d9a9592d842b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e421135f6a641fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c06a2252a1460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e08fe79e2f48f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e421135f6a641fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb3be3acd5f48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c06a2252a1460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,467</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,547</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>27.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...4 lines deleted...]
-          <x:t>0,437</x:t>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>