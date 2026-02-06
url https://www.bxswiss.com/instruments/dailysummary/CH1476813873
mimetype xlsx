--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56d9a9592d842b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445f67676996479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c06a2252a1460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e05144d08544ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb3be3acd5f48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c06a2252a1460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc696ec1b7a40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e05144d08544ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,459</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...107 lines deleted...]
-          <x:t>0,409</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,397</x:t>
-[...242 lines deleted...]
-          <x:t>0,441</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>