--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445f67676996479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa15cb035264994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e05144d08544ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5361ba9843e34707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc696ec1b7a40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e05144d08544ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632e9efacb2b411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5361ba9843e34707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,533</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,513</x:t>
-[...70 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,463</x:t>
-[...21 lines deleted...]
-          <x:t>0,417</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,467</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,457</x:t>
-[...43 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>