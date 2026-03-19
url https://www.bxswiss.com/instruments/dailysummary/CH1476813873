--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa15cb035264994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215c18b55e874303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5361ba9843e34707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d1b0f0759a4579"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632e9efacb2b411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5361ba9843e34707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b31702ddee4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d1b0f0759a4579" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,433</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...11 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,451</x:t>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...43 lines deleted...]
-          <x:t>0,493</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,437</x:t>
-[...87 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,391</x:t>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,333</x:t>
-[...16 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>0,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>