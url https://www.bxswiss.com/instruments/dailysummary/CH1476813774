--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb7bfc2f2394896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fced26b7504b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ace63e71944ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0815e7d1407427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91f556a4396a4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ace63e71944ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a1e2dc59f04e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0815e7d1407427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...16 lines deleted...]
-          <x:t>0,340</x:t>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>0,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,340</x:t>
-[...107 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>