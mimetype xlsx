--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fced26b7504b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7c40cd89d5477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0815e7d1407427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c410879a324f72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a1e2dc59f04e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0815e7d1407427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf28120488cd4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c410879a324f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,340</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
-        </x:is>
-[...602 lines deleted...]
-          <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>