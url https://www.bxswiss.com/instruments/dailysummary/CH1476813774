--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7c40cd89d5477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf82f84a596b4180" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c410879a324f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra327203ccf3a4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf28120488cd4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c410879a324f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01085f800fa4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra327203ccf3a4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,610</x:t>
-[...53 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...242 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>