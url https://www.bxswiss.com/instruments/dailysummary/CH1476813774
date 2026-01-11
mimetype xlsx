--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf82f84a596b4180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b14d2886574738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra327203ccf3a4d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re875e2854af047a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01085f800fa4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra327203ccf3a4d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494803d2625f4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re875e2854af047a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,379</x:t>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,341</x:t>
-[...11 lines deleted...]
-          <x:t>0,357</x:t>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,308</x:t>
-[...26 lines deleted...]
-          <x:t>0,240</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,248</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>