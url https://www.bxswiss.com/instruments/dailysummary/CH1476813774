--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b14d2886574738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf888174ab2ac451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re875e2854af047a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f277a6a61044d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494803d2625f4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re875e2854af047a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a61d03b09794851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f277a6a61044d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,341</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,297</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,246</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,190</x:t>
-[...6 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,222</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>0,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>