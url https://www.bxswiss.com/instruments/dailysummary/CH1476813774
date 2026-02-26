--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf888174ab2ac451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c75ff436384496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f277a6a61044d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c83a0fe530459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a61d03b09794851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f277a6a61044d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5c454cf1b042b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c83a0fe530459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,154</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>