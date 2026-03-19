--- v6 (2026-02-26)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c75ff436384496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d65a4ec71f4686" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c83a0fe530459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003a8b1222ce4b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5c454cf1b042b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c83a0fe530459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c789a14c8f4bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003a8b1222ce4b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>0,263</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,212</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,158</x:t>
-[...16 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,154</x:t>
-[...16 lines deleted...]
-          <x:t>0,232</x:t>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,226</x:t>
-[...350 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>