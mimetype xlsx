--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1332221273dd4301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1e4164c2994bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ecf554d2e3a4551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf3855308c7a4ca1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6e666bcbf264fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ecf554d2e3a4551" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbdb1c25a78447b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf3855308c7a4ca1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,540</x:t>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,520</x:t>
-[...227 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>0,630</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>