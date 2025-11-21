--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1e4164c2994bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd2468d29b14b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf3855308c7a4ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211a5ff86ce4c93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbdb1c25a78447b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf3855308c7a4ca1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a0bd00418a46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211a5ff86ce4c93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,550</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
-        </x:is>
-[...521 lines deleted...]
-          <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>