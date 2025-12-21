--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd2468d29b14b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb7f7ab3eb248fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211a5ff86ce4c93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce5fbb66fcd48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a0bd00418a46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211a5ff86ce4c93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab339f0c18084464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce5fbb66fcd48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,600</x:t>
-[...31 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>