--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb7f7ab3eb248fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0b9b1d1c534423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce5fbb66fcd48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02998ad2aa434767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab339f0c18084464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce5fbb66fcd48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47eaf4cb27b490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02998ad2aa434767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,589</x:t>
-[...92 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>0,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>