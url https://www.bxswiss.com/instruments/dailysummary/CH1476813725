--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0b9b1d1c534423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a61ad2ec964820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02998ad2aa434767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19deb6c2a8a146ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47eaf4cb27b490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02998ad2aa434767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra819eb99d1444cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19deb6c2a8a146ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,619</x:t>
-[...21 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,507</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,557</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>