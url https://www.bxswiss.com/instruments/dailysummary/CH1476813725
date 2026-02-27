--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a61ad2ec964820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385bc4e3e54548af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19deb6c2a8a146ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399982e6c1af4c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra819eb99d1444cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19deb6c2a8a146ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d6860fefb84ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399982e6c1af4c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,591</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,573</x:t>
-[...26 lines deleted...]
-          <x:t>0,553</x:t>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,529</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,521</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,559</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
-[...33 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>0,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...166 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>