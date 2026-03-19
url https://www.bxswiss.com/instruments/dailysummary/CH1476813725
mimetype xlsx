--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385bc4e3e54548af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94f7e8241bd4ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399982e6c1af4c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f7a493ea6d4fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d6860fefb84ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399982e6c1af4c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f5fae361c04901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f7a493ea6d4fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,533</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...119 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,499</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,433</x:t>
-[...431 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>