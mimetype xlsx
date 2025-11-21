--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f034bf20e404916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81277e0e3ad145ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3e0358d6014155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424605cfd2324c3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0e9f598bbd4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3e0358d6014155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6fe08d32b24a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424605cfd2324c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...31 lines deleted...]
-          <x:t>0,400</x:t>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>