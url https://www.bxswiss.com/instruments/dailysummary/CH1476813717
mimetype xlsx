--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81277e0e3ad145ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36e2f00c5714f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424605cfd2324c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a889e9b1c54311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6fe08d32b24a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424605cfd2324c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d99802bebf640e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a889e9b1c54311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,400</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,370</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,410</x:t>
-[...21 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...232 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>0,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...26 lines deleted...]
-          <x:t>0,483</x:t>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>