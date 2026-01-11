--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36e2f00c5714f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e98336135d4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a889e9b1c54311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4b52ee9feb4ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d99802bebf640e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a889e9b1c54311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb5b66ac5be49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4b52ee9feb4ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...33 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,399</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,369</x:t>
-[...280 lines deleted...]
-        <x:is>
           <x:t>0,327</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>0,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>