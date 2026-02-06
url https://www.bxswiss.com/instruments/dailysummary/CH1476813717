--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e98336135d4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6c542e62654c4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4b52ee9feb4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8ceabbd4a541e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb5b66ac5be49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4b52ee9feb4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e581d854344905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8ceabbd4a541e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,399</x:t>
-[...4 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,293</x:t>
-[...65 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,289</x:t>
-[...31 lines deleted...]
-          <x:t>0,220</x:t>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,327</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>