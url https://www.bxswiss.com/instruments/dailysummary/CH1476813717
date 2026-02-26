--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6c542e62654c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb268cfc36c48b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8ceabbd4a541e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc847829bfa14e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e581d854344905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8ceabbd4a541e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde29194f683744d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc847829bfa14e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,383</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>0,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>