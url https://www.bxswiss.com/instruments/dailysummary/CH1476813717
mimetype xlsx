--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb268cfc36c48b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca506ac53b94d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc847829bfa14e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bb442f48624bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde29194f683744d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc847829bfa14e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re579b42b03c541da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bb442f48624bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>0,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,166</x:t>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>0,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>