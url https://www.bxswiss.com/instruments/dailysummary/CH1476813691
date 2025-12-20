--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f33a35719ee4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08cf41d4ed84c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3f58e27c31480c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9ce8731c704700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d1321e73d54540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3f58e27c31480c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6196ab818a7f4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9ce8731c704700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...576 lines deleted...]
-          <x:t>0,710</x:t>
+          <x:t>0,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>