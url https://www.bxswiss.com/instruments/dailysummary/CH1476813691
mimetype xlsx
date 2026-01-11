--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08cf41d4ed84c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f1aa5675d34039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9ce8731c704700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9f2b0725f94948"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6196ab818a7f4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9ce8731c704700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473830a0a8dc476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9f2b0725f94948" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,611</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>21.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,667</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,589</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,601</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>0,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>