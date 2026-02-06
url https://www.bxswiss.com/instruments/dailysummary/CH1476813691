--- v2 (2026-01-11)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f1aa5675d34039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1199e6159194c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9f2b0725f94948"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf588ef678ccc4044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473830a0a8dc476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9f2b0725f94948" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fe2f6f530444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf588ef678ccc4044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,661</x:t>
-[...21 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,507</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>0,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>