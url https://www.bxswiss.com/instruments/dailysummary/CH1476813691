--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1199e6159194c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91fdecafe9e4bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf588ef678ccc4044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e92354d12d2424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fe2f6f530444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf588ef678ccc4044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb11e331f0c949ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e92354d12d2424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,707</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,653</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,637</x:t>
-[...598 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>