--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91fdecafe9e4bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98022f2374c4e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e92354d12d2424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276a7b86c9ab4791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb11e331f0c949ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e92354d12d2424b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5edab831df4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276a7b86c9ab4791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...97 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
-[...97 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>0,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>