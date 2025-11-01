--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2227d1de10764ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5704f0bf63244f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c1c4991d124115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ecf962d1d5424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29090a726f2744a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c1c4991d124115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47682e7c961649c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ecf962d1d5424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>0,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...9 lines deleted...]
-          <x:t>0,760</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>