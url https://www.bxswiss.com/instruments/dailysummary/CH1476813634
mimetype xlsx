--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5704f0bf63244f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1e583d719314f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ecf962d1d5424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4acc3826f1ad4385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47682e7c961649c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ecf962d1d5424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R571e3a2e285e4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4acc3826f1ad4385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,750</x:t>
-[...48 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>0,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>