--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1e583d719314f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f89cf920f944e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4acc3826f1ad4385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f42cb7773ea4d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R571e3a2e285e4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4acc3826f1ad4385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c99cd2efb945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f42cb7773ea4d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,700</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...38 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,680</x:t>
-[...323 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,670</x:t>
-[...242 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>