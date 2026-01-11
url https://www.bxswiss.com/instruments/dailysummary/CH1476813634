--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f89cf920f944e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e9bad3c4c944cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f42cb7773ea4d11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R322744c4594c4bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c99cd2efb945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f42cb7773ea4d11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6a22302177427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R322744c4594c4bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,751</x:t>
-[...48 lines deleted...]
-          <x:t>0,671</x:t>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,599</x:t>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,691</x:t>
-[...468 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>