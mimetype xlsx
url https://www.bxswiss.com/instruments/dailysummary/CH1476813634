--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e9bad3c4c944cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b651050ad414f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R322744c4594c4bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdefa8076d70b4b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6a22302177427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R322744c4594c4bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd197c21704043af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdefa8076d70b4b36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,693</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,641</x:t>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,589</x:t>
-[...70 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...16 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>0,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>