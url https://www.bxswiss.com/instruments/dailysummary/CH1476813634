--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b651050ad414f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfce87e95ec34994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdefa8076d70b4b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db58f77f385449b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd197c21704043af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdefa8076d70b4b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53e2cf95bbfc438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db58f77f385449b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,701</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,723</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,701</x:t>
-[...16 lines deleted...]
-          <x:t>0,713</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,649</x:t>
-[...11 lines deleted...]
-          <x:t>0,651</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,629</x:t>
-[...16 lines deleted...]
-          <x:t>0,619</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,609</x:t>
-[...11 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,651</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,643</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,639</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>