--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfce87e95ec34994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re474027c882d44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db58f77f385449b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4950b5daa1e4402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53e2cf95bbfc438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db58f77f385449b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805d8eaec305415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4950b5daa1e4402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476813634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,639</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,663</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,659</x:t>
-[...141 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...16 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...355 lines deleted...]
-          <x:t>0,735</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>