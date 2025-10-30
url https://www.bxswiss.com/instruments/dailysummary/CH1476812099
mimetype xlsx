--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb28a01ee5784c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81da24ee26f34ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79369e3881a4430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44271c940e814371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb745c0433f404679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79369e3881a4430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a68817909c4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44271c940e814371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>0,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...85 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>