--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81da24ee26f34ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac57079ae504126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44271c940e814371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref98cfe99ee446b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a68817909c4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44271c940e814371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd2fb095e6f4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref98cfe99ee446b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...43 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...43 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...97 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>16.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>0,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>