--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac57079ae504126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca40e26b621a43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref98cfe99ee446b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83048b3c93434fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd2fb095e6f4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref98cfe99ee446b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc05f406913164a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83048b3c93434fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>0,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...11 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>