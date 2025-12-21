--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca40e26b621a43cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b1e41aef7ef422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83048b3c93434fb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775f2d840e3d4172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc05f406913164a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83048b3c93434fb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48dbb0e39794028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775f2d840e3d4172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>