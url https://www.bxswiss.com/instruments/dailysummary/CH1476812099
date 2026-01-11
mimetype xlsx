--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b1e41aef7ef422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022bbcdfb72343b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775f2d840e3d4172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbc7cb4dffa4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48dbb0e39794028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775f2d840e3d4172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ecfd91cfd91444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbc7cb4dffa4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...11 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...129 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...11 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...360 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>