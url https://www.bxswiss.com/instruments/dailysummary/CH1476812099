--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022bbcdfb72343b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75eef23e61e43ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbc7cb4dffa4fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d2903f14134fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ecfd91cfd91444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbc7cb4dffa4fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e7ebd00a5141d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d2903f14134fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>