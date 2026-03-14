--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75eef23e61e43ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424dfe493c9d482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d2903f14134fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b7b29ce18d4ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e7ebd00a5141d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d2903f14134fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e5bd93f051492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b7b29ce18d4ee6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476812099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...11 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...431 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>