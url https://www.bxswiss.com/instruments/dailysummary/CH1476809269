--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22cd54e028c94823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e9808d1bbb4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963f8a6bf585482b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd701d8bad1d04d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09344459415c4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963f8a6bf585482b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc45466395e04c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd701d8bad1d04d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...21 lines deleted...]
-          <x:t>1,795</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...85 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>