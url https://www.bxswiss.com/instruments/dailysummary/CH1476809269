--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e9808d1bbb4b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f6ef76f19f4bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd701d8bad1d04d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdacc35ecb85c43ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc45466395e04c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd701d8bad1d04d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R487c40dff35b4ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdacc35ecb85c43ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,175</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>