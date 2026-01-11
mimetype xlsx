--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f6ef76f19f4bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb74b559bf434f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdacc35ecb85c43ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9812d35cbbc4753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R487c40dff35b4ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdacc35ecb85c43ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf572d072bd7476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9812d35cbbc4753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>