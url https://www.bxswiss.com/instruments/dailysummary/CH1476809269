--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb74b559bf434f74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76aa67bff95740f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9812d35cbbc4753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e58e00eaca8428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf572d072bd7476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9812d35cbbc4753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448f4f8c5c2a432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e58e00eaca8428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,294</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,653</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,721</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,065</x:t>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,883</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>2,969</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>