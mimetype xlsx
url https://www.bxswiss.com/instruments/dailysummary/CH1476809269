--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76aa67bff95740f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034c01b089544518" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e58e00eaca8428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444f716db9dc4089"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448f4f8c5c2a432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e58e00eaca8428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c5851558104d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444f716db9dc4089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,503</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,369</x:t>
-[...102 lines deleted...]
-          <x:t>2,731</x:t>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,671</x:t>
-[...210 lines deleted...]
-          <x:t>2,471</x:t>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>2,669</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>