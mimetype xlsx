--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ab99f8ea14416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb333efc76e2461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e02ac0614a44bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e608dd137a848e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd90304c7d624c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e02ac0614a44bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b41c72e3d9a49a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e608dd137a848e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,975</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>2,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>