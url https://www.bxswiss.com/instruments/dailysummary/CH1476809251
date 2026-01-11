--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb333efc76e2461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c4d635a6c74884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e608dd137a848e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be85520f7654e97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b41c72e3d9a49a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e608dd137a848e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb89649b09924c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be85520f7654e97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>