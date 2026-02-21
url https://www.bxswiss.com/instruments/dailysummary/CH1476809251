--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c4d635a6c74884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd93fa50855a9405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be85520f7654e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc6ccd9dca74922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb89649b09924c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be85520f7654e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09baaa4ebdc24b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc6ccd9dca74922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,971</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,741</x:t>
-[...11 lines deleted...]
-          <x:t>2,769</x:t>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,187</x:t>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,003</x:t>
-[...11 lines deleted...]
-          <x:t>2,751</x:t>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,697</x:t>
-[...31 lines deleted...]
-          <x:t>3,091</x:t>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>