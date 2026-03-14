--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd93fa50855a9405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a5bb848f0740df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc6ccd9dca74922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3a2e3a0a4d4cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09baaa4ebdc24b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc6ccd9dca74922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e1bd28e7e64624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3a2e3a0a4d4cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,621</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,481</x:t>
-[...134 lines deleted...]
-          <x:t>2,539</x:t>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,661</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>2,787</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>