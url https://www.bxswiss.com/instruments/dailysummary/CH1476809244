--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1459cdcc52244d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb092e36132534085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7b51a41c4654011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fc7230da27a4342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0518d3feb31040fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7b51a41c4654011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79b8bc79c8940a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fc7230da27a4342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...43 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...232 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...43 lines deleted...]
-          <x:t>1,955</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,935</x:t>
-[...16 lines deleted...]
-          <x:t>2,015</x:t>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>2,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>