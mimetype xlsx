--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb092e36132534085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ada8f017444197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fc7230da27a4342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7fa2df97fb4bbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79b8bc79c8940a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fc7230da27a4342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad1e7ca00804001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7fa2df97fb4bbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>2,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...97 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>