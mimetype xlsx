--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ada8f017444197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5673dc53eb4f4e9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7fa2df97fb4bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31eb5a99923145f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad1e7ca00804001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7fa2df97fb4bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4ac870e31449cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31eb5a99923145f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>2,645</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>2,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>