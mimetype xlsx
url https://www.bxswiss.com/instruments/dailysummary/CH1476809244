--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5673dc53eb4f4e9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25259882d2a94a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31eb5a99923145f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcb9dde15df4faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4ac870e31449cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31eb5a99923145f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f990483fee4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcb9dde15df4faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>2,274</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,338</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,508</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>