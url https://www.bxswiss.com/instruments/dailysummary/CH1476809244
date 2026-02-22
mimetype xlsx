--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25259882d2a94a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4027e9b50b488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcb9dde15df4faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f40c0ff34a74efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f990483fee4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcb9dde15df4faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61456417e6c5436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f40c0ff34a74efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,715</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,607</x:t>
-[...281 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,811</x:t>
-[...31 lines deleted...]
-          <x:t>3,211</x:t>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>