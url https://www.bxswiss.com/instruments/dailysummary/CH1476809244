--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4027e9b50b488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52675a67cf044163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f40c0ff34a74efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b3cce9134b4fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61456417e6c5436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f40c0ff34a74efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed03469b8b145fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b3cce9134b4fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>3,185</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,115</x:t>
-[...48 lines deleted...]
-          <x:t>2,753</x:t>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>2,907</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>