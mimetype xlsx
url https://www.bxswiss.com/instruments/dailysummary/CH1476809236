--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0477bec19b8409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9713a0b0d17244a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da8e1d3c54b4611"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf037d09ae3e6495b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e1baa8bb6b4f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da8e1d3c54b4611" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f908be81744f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf037d09ae3e6495b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>2,055</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...242 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>