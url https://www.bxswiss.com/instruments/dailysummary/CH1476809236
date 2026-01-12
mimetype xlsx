--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9713a0b0d17244a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3475acb1fdb421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf037d09ae3e6495b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f54e8abf694778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f908be81744f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf037d09ae3e6495b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d3eb997e0644c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f54e8abf694778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>