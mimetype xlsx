--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3475acb1fdb421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81af642bedb64c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f54e8abf694778"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4d070160934dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d3eb997e0644c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f54e8abf694778" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c3dce65b48d42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4d070160934dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,001</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,069</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>2,577</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,029</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>3,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>