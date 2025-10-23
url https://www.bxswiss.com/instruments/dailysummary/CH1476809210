--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5843cc5fe7a14921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a88837b0a1f4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d1dbc5a20bb40d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30490be784384c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d9d70a5961482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d1dbc5a20bb40d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaab9f1273e74d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30490be784384c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,035</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...38 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...92 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...16 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...139 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>