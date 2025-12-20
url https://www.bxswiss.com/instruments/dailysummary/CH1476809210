--- v1 (2025-10-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a88837b0a1f4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6d85070e2146bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30490be784384c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af89a2d43db44a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaab9f1273e74d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30490be784384c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c4d650ee814012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af89a2d43db44a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>