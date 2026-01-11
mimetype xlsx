--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6d85070e2146bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d847626dcd2403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af89a2d43db44a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa0434f88e74c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c4d650ee814012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af89a2d43db44a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c2292861e343c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa0434f88e74c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>2,594</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,666</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,844</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>