--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d847626dcd2403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ac6e4b45f1435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa0434f88e74c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2971c270e33b46d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c2292861e343c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa0434f88e74c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b4986452d04429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2971c270e33b46d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>2,847</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>3,229</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,471</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,467</x:t>
-[...26 lines deleted...]
-          <x:t>3,587</x:t>
+          <x:t>3,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>