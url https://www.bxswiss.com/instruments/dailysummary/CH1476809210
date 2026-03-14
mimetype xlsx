--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ac6e4b45f1435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ebcc8ca1ac84310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2971c270e33b46d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccd1aa583e634ea9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b4986452d04429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2971c270e33b46d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162cd814fddc44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccd1aa583e634ea9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,871</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>3,047</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,141</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>3,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>