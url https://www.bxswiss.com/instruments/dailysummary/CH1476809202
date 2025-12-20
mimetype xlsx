--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra560c10a036b409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f283fff1831461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232bde2e82104f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07954939a654cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae352b6938c6435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232bde2e82104f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad7284d02474ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07954939a654cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>