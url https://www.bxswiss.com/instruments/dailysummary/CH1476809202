--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f283fff1831461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fee6f4bebb4e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07954939a654cd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65300a393a144ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad7284d02474ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07954939a654cd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf82ad514464585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65300a393a144ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>