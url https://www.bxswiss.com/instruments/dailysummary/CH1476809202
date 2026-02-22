--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fee6f4bebb4e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc654a01847e148b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65300a393a144ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56702c3583df489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf82ad514464585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65300a393a144ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29b8d14177b4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56702c3583df489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,960</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,347</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>3,599</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,591</x:t>
-[...26 lines deleted...]
-          <x:t>3,715</x:t>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>