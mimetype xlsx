--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc654a01847e148b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08889b5dedce47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56702c3583df489e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f9eb4d144de4d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29b8d14177b4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56702c3583df489e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68363346b3174c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f9eb4d144de4d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476809202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,989</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>3,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,291</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>3,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>